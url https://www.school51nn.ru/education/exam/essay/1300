--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="0042461D" w:rsidRPr="000330CB" w:rsidRDefault="000330CB" w:rsidP="000330CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000330CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>График работы «горячей» телефонной и интернет-линии</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -243,149 +243,146 @@
             <w:tcW w:w="2333" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000330CB" w:rsidRDefault="000330CB" w:rsidP="00E3499C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8(831) 243-17-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2378" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000330CB" w:rsidRPr="005F6A3F" w:rsidRDefault="00521A6E" w:rsidP="005F6A3F">
+          <w:p w:rsidR="000330CB" w:rsidRPr="00641E1C" w:rsidRDefault="00521A6E" w:rsidP="00641E1C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>01.11.20</w:t>
             </w:r>
             <w:r w:rsidR="00CA29F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005F6A3F">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00641E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00B223FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 01</w:t>
             </w:r>
             <w:r w:rsidR="000330CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.07.20</w:t>
             </w:r>
             <w:r w:rsidR="00B223FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005F6A3F">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00641E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2396" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000330CB" w:rsidRDefault="000330CB" w:rsidP="00E3499C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ежедневно с 14.00 до 16.00, кроме субботы и воскресенья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000330CB" w:rsidRPr="005F6A3F" w:rsidRDefault="005F6A3F" w:rsidP="005F6A3F">
+          <w:p w:rsidR="000330CB" w:rsidRPr="005F6A3F" w:rsidRDefault="00641E1C" w:rsidP="00641E1C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
               <w:r w:rsidR="00521A6E" w:rsidRPr="006E1F27">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>s</w:t>
               </w:r>
               <w:r w:rsidR="00521A6E" w:rsidRPr="006E1F27">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -464,199 +461,202 @@
             </w:hyperlink>
             <w:r w:rsidR="000330CB" w:rsidRPr="00E3499C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> период работы </w:t>
             </w:r>
             <w:r w:rsidR="00521A6E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>01.11.20</w:t>
             </w:r>
             <w:r w:rsidR="00CA29F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="005F6A3F">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00B223FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 01</w:t>
             </w:r>
             <w:r w:rsidR="000330CB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.07.20</w:t>
             </w:r>
             <w:r w:rsidR="00B223FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="005F6A3F">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009C7E3E" w:rsidRPr="009C7E3E" w:rsidRDefault="009C7E3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C7E3E" w:rsidRPr="009C7E3E" w:rsidSect="009C7E3E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C7E3E"/>
     <w:rsid w:val="000330CB"/>
     <w:rsid w:val="00096BA1"/>
     <w:rsid w:val="00335C86"/>
     <w:rsid w:val="0042461D"/>
     <w:rsid w:val="00521A6E"/>
     <w:rsid w:val="005F6A3F"/>
+    <w:rsid w:val="00641E1C"/>
     <w:rsid w:val="008177A7"/>
     <w:rsid w:val="009C7E3E"/>
     <w:rsid w:val="00AD1AA3"/>
     <w:rsid w:val="00B223FD"/>
     <w:rsid w:val="00C7059F"/>
     <w:rsid w:val="00CA29F9"/>
     <w:rsid w:val="00E3499C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2EC63A9C"/>
   <w15:docId w15:val="{8AAB2ADD-8B5E-4F94-90BA-F549C2E94D36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1042,76 +1042,83 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009C7E3E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E3499C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s51_nn@mail.52gov.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>