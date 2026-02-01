--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+    <w:p w14:paraId="3E348F4E" w14:textId="7B5FCCDF" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="16400"/>
         </w:tabs>
         <w:spacing w:line="647" w:lineRule="exact"/>
         <w:ind w:left="692"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t>Продолжительность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-11"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -91,165 +91,165 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-9"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00E7314D">
+      <w:r w:rsidR="00EC1E28">
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-6"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:t>году</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="001F5F"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8C9AC"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B02D6" w:rsidRDefault="003B02D6">
+    <w:p w14:paraId="016A78D6" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="003B02D6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="11"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="136" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6575"/>
         <w:gridCol w:w="4794"/>
         <w:gridCol w:w="4729"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="7FEEFE87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0AE90"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="6CAA4BFB" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1881"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Учебный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>предмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0AE90"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5C31DCC3" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="2482" w:right="2439"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -259,170 +259,170 @@
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>проведения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="2A688E04" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0AE90"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="003B02D6">
+          <w:p w14:paraId="0EA76B25" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="003B02D6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0AE90"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="47C625B6" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="188"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>ЕГЭ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0AE90"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="17A18499" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="155"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>ГВЭ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="75FFF441" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="081CFE48" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Русский</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5B53C6ED" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -475,51 +475,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="380369D5" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -569,99 +569,99 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="08B2A9D0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="774A66AF" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-17"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>профильная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="7C523830" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -714,133 +714,133 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="794289F0" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="149"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Не</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>сдают</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="5A080507" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="49293A26" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-16"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>базовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="4DA89660" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -863,51 +863,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="579DC128" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -957,82 +957,82 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="013CB9D8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="00B5D429" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Обществознание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5A98CA9C" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1085,51 +1085,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="32A1B8D6" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1179,82 +1179,82 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="6ECCCC85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="11B24D9E" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>История</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="00585815" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1292,51 +1292,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="00E7314D">
+          <w:p w14:paraId="5837C6A7" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="00E7314D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1370,82 +1370,82 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="34155246" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="41CF04AD" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Литература</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="3DF32C27" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1498,51 +1498,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="34F19CB3" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1562,83 +1562,83 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="4FF92578" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="310219B4" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="38A0D2CD" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -1692,51 +1692,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="0CC3D619" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -1787,82 +1787,82 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="19B1F9D6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="241F42C3" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5E510855" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1915,51 +1915,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="65B98862" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -1979,83 +1979,83 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="17BD1C48" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5BCA3F3D" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="433" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="78E8DF59" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="433" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2109,51 +2109,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="18CD5185" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="433" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2174,83 +2174,83 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(120</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="02987DDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="4CF2BC24" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="17287D95" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2274,51 +2274,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="07668211" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2369,59 +2369,59 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(150</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="3EC36600" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="2F20C619" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2434,51 +2434,51 @@
               <w:t>и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>ИКТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="175C85E1" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -2531,51 +2531,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(235</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="5388B638" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
@@ -2595,114 +2595,112 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(120</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="1333ED22" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="692CD7CD" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="430" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Иностранный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>язык</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(английский,</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          </w:p>
+          <w:p w14:paraId="785FD073" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="416" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>немецкий,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-18"/>
                 <w:sz w:val="36"/>
               </w:rPr>
@@ -2734,51 +2732,51 @@
               <w:t>испанский)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-78"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(письменно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="0ECCCB15" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="224" w:right="191"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2832,51 +2830,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(190</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="6197AF7B" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="190" w:right="160"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -2927,59 +2925,59 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(210</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="046324D0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="4A1CF6F6" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="392" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Китайский</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -2993,51 +2991,51 @@
               <w:t>язык</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(письменно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="543B0B64" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="392" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -3061,51 +3059,51 @@
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="7830D4DD" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="392" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="154"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
@@ -3126,221 +3124,217 @@
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(180</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="3A135783" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="843"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="6A880338" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="416" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Иностранный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>язык</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>(раздел</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          </w:p>
+          <w:p w14:paraId="7EF07C5E" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="407" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>«Говорение»)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="6AE01A1B" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="325676AB" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="00E7314D" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="437" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="149"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Не</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7314D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>сдают</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B02D6">
+      <w:tr w:rsidR="003B02D6" w14:paraId="347E0C52" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6575" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="13110AD1" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="418" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Китайский</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-18"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3371,386 +3365,633 @@
               <w:t>(раздел</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:spacing w:val="-18"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="093A9D"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>«Говорение»)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="005B4E7B" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="0FD8BFAE" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="005B4E7B" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="418" w:lineRule="exact"/>
               <w:ind w:left="224" w:right="184"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4729" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B02D6" w:rsidRPr="005B4E7B" w:rsidRDefault="007043DB">
+          <w:p w14:paraId="093E4231" w14:textId="77777777" w:rsidR="003B02D6" w:rsidRPr="005B4E7B" w:rsidRDefault="007043DB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="418" w:lineRule="exact"/>
               <w:ind w:left="190" w:right="149"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Не</w:t>
             </w:r>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4E7B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>сдают</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007043DB" w:rsidRDefault="007043DB"/>
+    <w:p w14:paraId="62AB7A4E" w14:textId="77777777" w:rsidR="007043DB" w:rsidRDefault="007043DB"/>
     <w:sectPr w:rsidR="007043DB" w:rsidSect="003B02D6">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
       <w:pgMar w:top="440" w:right="0" w:bottom="280" w:left="440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B02D6"/>
     <w:rsid w:val="003B02D6"/>
     <w:rsid w:val="005B4E7B"/>
     <w:rsid w:val="007043DB"/>
+    <w:rsid w:val="00A31CC6"/>
     <w:rsid w:val="00E7314D"/>
+    <w:rsid w:val="00EC1E28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="344D410C"/>
+  <w15:docId w15:val="{30D3D137-FF0D-4635-B942-D41D09122E8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003B02D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003B02D6"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -3779,51 +4020,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003B02D6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003B02D6"/>
     <w:pPr>
       <w:spacing w:line="435" w:lineRule="exact"/>
       <w:ind w:left="83"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>