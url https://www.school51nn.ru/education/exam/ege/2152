--- v0 (2025-12-14)
+++ v1 (2026-03-24)
@@ -1,5239 +1,7284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/_rels/slideMaster1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
-  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout9.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout8.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout7.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout11.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout6.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout10.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout5.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout4.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slideLayouts/_rels/slideLayout1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/_rels/slide1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/_rels/presentation.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/ppt/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/ppt/media/image2.png" ContentType="image/png"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/>
+</Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="256" r:id="rId3"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="6858000" cy="9144000"/>
-[...99 lines deleted...]
-  </p:extLst>
+  <p:notesSz cx="7559675" cy="10691813"/>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:clrMru>
-[...14 lines deleted...]
-  </p:extLst>
+  <p:showPr showNarration="1"/>
 </p:presentationPr>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</p:viewPr>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...8 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/>
+</Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
-[...1098 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
-    <p:spTree>
-[...2104 lines deleted...]
-  <p:cSld>
     <p:bg>
       <p:bgPr>
-        <a:blipFill dpi="0" rotWithShape="1">
-[...9 lines deleted...]
-        <a:effectLst/>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="0" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="921709" y="118149"/>
-            <a:ext cx="10064102" cy="369332"/>
+            <a:off x="838080" y="365040"/>
+            <a:ext cx="10514520" cy="1324440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...29 lines deleted...]
-              </a:effectLst>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="TextBox 4">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="1" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="150830" y="478564"/>
-            <a:ext cx="10378411" cy="830997"/>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="5180400" cy="4350240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...212 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="921710" y="1272553"/>
-            <a:ext cx="11101468" cy="923330"/>
+            <a:off x="6172200" y="1825560"/>
+            <a:ext cx="5180400" cy="4350240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...55 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="TextBox 7">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="136011" y="3266064"/>
-            <a:ext cx="11836366" cy="1106008"/>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...77 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="2"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="150829" y="4390745"/>
-            <a:ext cx="11947763" cy="2131930"/>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...469 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...24 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PlaceHolder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="98887" y="1323000"/>
-            <a:ext cx="836255" cy="836255"/>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{9EF9EE79-9D5F-412A-94D3-1AEDE137B349}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="obj" preserve="1">
+  <p:cSld name="Заголовок и объект">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Стрелка: вправо 11">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="47" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="365040"/>
+            <a:ext cx="10514520" cy="1324440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10514520" cy="4350240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="28"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="30"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{A25A033C-BEA4-480F-A038-DE07739AB964}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
+  <p:cSld name="Заголовок раздела">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831960" y="1709640"/>
+            <a:ext cx="10514520" cy="2851560"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="6000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="6000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831960" y="4589640"/>
+            <a:ext cx="10514520" cy="1499040"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="31"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="32"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="33"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{58FA627B-9CD6-4725-B3C2-D25A46F0FF20}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
+  <p:cSld name="Сравнение">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="365040"/>
+            <a:ext cx="10514520" cy="1324440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="1681200"/>
+            <a:ext cx="5156640" cy="822960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="2505240"/>
+            <a:ext cx="5156640" cy="3683520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1681200"/>
+            <a:ext cx="5182200" cy="822960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="2505240"/>
+            <a:ext cx="5182200" cy="3683520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="PlaceHolder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="PlaceHolder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="PlaceHolder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="6"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{AD1FCA48-760A-4675-852B-D60272BCA4D6}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="titleOnly" preserve="1">
+  <p:cSld name="Только заголовок">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="365040"/>
+            <a:ext cx="10514520" cy="1324440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="8"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="9"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{EC91EEF3-7B2D-43DD-911A-FE3BFD0719FA}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
+  <p:cSld name="Пустой слайд">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{39E63D8C-64F3-4F35-9C5D-63EB88CFEDBD}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
+  <p:cSld name="Объект с подписью">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="457200"/>
+            <a:ext cx="3931200" cy="1599120"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5183280" y="987480"/>
+            <a:ext cx="6171120" cy="4872600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="2057400"/>
+            <a:ext cx="3931200" cy="3810600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="PlaceHolder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{864AF83B-C2EE-42F6-AA66-E2E304843F39}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="blank" preserve="1">
+  <p:cSld name="Рисунок с подписью">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="457200"/>
+            <a:ext cx="3931200" cy="1599120"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5183280" y="987480"/>
+            <a:ext cx="6171120" cy="4872600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="432000" indent="-324000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1417"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Для правки структуры щёлкните мышью</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="864000" indent="-324000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1134"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Symbol" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1296000" indent="-288000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="850"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1728000" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="567"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Symbol" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвёртый уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2160000" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="283"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5" marL="2592000" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="283"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Шестой уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="6" marL="3024000" indent="-216000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="283"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPct val="45000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Седьмой уровень структуры</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="3200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839880" y="2057400"/>
+            <a:ext cx="3931200" cy="3810600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="PlaceHolder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{632D5A63-2A98-4361-A150-3A8DAE878C41}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="title" preserve="1">
+  <p:cSld name="Титульный слайд">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1523880" y="1122480"/>
+            <a:ext cx="9142920" cy="2386440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" algn="ctr" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="6000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="6000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{F1016B4E-C4E7-4B42-8202-0F083848E9A6}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="vertTx" preserve="1">
+  <p:cSld name="Заголовок и вертикальный текст">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="365040"/>
+            <a:ext cx="10514520" cy="1324440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10514520" cy="4350240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t" vert="eaVert">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="23"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{4CBACF9D-66BC-43B5-887E-54D42CA5BB17}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Вертикальный заголовок и текст">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="ffffff"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8724960" y="365040"/>
+            <a:ext cx="2628000" cy="5810760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr" vert="eaVert">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri Light"/>
+              </a:rPr>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="4400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="365040"/>
+            <a:ext cx="7733160" cy="5810760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="t" vert="eaVert">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Образец текста</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" marL="685800" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" marL="1143000" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="2000" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" marL="1600200" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" marL="2057400" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="499"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1800" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="PlaceHolder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="25"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;дата/время&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="PlaceHolder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038480" y="6356520"/>
+            <a:ext cx="4113720" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>&lt;нижний колонтитул&gt;</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="PlaceHolder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610480" y="6356520"/>
+            <a:ext cx="2742120" cy="363960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" rIns="91440" tIns="45720" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+              <a:defRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:fld id="{E7FFAFD5-0011-4174-99F1-966FC4CCC2D2}" type="slidenum">
+              <a:rPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>&lt;номер&gt;</a:t>
+            </a:fld>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1200" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/>
+</Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483649" r:id="rId2"/>
+    <p:sldLayoutId id="2147483650" r:id="rId3"/>
+    <p:sldLayoutId id="2147483651" r:id="rId4"/>
+    <p:sldLayoutId id="2147483652" r:id="rId5"/>
+    <p:sldLayoutId id="2147483653" r:id="rId6"/>
+    <p:sldLayoutId id="2147483654" r:id="rId7"/>
+    <p:sldLayoutId id="2147483655" r:id="rId8"/>
+    <p:sldLayoutId id="2147483656" r:id="rId9"/>
+    <p:sldLayoutId id="2147483657" r:id="rId10"/>
+    <p:sldLayoutId id="2147483658" r:id="rId11"/>
+    <p:sldLayoutId id="2147483659" r:id="rId12"/>
+  </p:sldLayoutIdLst>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/>
+</Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill rotWithShape="0">
+          <a:blip r:embed="rId1">
+            <a:alphaModFix amt="53000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect l="-1996" r="-1996"/>
+          </a:stretch>
+        </a:blipFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="TextBox 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="302662" y="2150853"/>
-            <a:ext cx="3787445" cy="1169551"/>
+            <a:off x="308160" y="96480"/>
+            <a:ext cx="10587960" cy="379800"/>
           </a:xfrm>
-          <a:prstGeom prst="rightArrow">
-[...3 lines deleted...]
-            </a:avLst>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...3 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:style>
-          <a:lnRef idx="2">
-[...12 lines deleted...]
-          </a:fontRef>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...17 lines deleted...]
-              </a:solidFill>
+          <a:bodyPr wrap="none" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1900" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="00cc00"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ОСОБЕННОСТИ СДАЧИ ЕДИНОГО ГОСУДАРСТВЕННОГО ЭКЗАМЕНА (ЕГЭ) В 2025/2026 УЧЕБНОМ ГОДУ</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1900" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Стрелка: вправо 12">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="58" name="TextBox 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4090107" y="2141739"/>
-            <a:ext cx="3980135" cy="1169551"/>
+            <a:off x="150840" y="478440"/>
+            <a:ext cx="10377360" cy="1078200"/>
           </a:xfrm>
-          <a:prstGeom prst="rightArrow">
-[...3 lines deleted...]
-            </a:avLst>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...3 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:style>
-          <a:lnRef idx="2">
-[...12 lines deleted...]
-          </a:fontRef>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...17 lines deleted...]
-              </a:solidFill>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>В 2026 году ЕГЭ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t> пройдет в досрочный период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>с 20 марта по 20 апреля</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, в основной период – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>с 1 июня по 9 июля</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, в дополнительный период – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>с 4 по 25 сентября</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Основной период начнется с экзаменов по истории, литературе и химии. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>С 22</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="en-US" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>по 25 июня</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t> – резервные дни для ЕГЭ по всем предметам, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>8 и 9 июля </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>– даты пересдач одного из учебных предметов по выбору выпускника.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Стрелка: вправо 13">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="59" name="TextBox 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8070242" y="2165157"/>
-            <a:ext cx="3980135" cy="1169551"/>
+            <a:off x="150840" y="1522440"/>
+            <a:ext cx="11835360" cy="730800"/>
           </a:xfrm>
-          <a:prstGeom prst="rightArrow">
-[...3 lines deleted...]
-            </a:avLst>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...3 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:style>
-          <a:lnRef idx="2">
-[...12 lines deleted...]
-          </a:fontRef>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...17 lines deleted...]
-              </a:solidFill>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ЕГЭ по всем учебным предметам начинается в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>10:00. Продолжительность каждого экзамена разная (вплоть до 3 часов 55 минут). </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr sz="1400"/>
+            </a:br>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>В случае опоздания на ЕГЭ время на его выполнение не продляется. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Время начала экзамена организаторы фиксируют на доске (информационном стенде).</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Прямоугольник 15">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="60" name="TextBox 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10750578" y="532970"/>
-            <a:ext cx="1493935" cy="738664"/>
+            <a:off x="150840" y="2273760"/>
+            <a:ext cx="11835360" cy="914040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
         <p:txBody>
-          <a:bodyPr wrap="none">
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...15 lines deleted...]
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Для каждого участника экзамена предусмотрено конкретное рабочее место, его изменение не допускается. До начала экзамена организаторы проводят инструктаж, в том числе о правилах поведения, об основаниях для удаления. В случае обнаружения брака или некомплектности выданных ученику экзаменационных материалов он вправе требовать их замены. Ученик вправе выходить из аудитории в сопровождении организатора, досрочно завершить работу по состоянию здоровья и иным объективным причинам.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="TextBox 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="39600" y="3576240"/>
+            <a:ext cx="11946600" cy="486720"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Участник признается сдавшим ЕГЭ, если по «Математике» и «Русскому языку» он набрал количество баллов не ниже минимального, определяемого Рособрнадзором, а при сдаче ЕГЭ по математике базового уровня получил отметку не ниже </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>«3»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Прямоугольник 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10755720" y="532800"/>
+            <a:ext cx="1482840" cy="739800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="1000080"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="0033cc"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Прокуратура </a:t>
             </a:r>
-          </a:p>
-[...15 lines deleted...]
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="1000080"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="0033cc"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Нижегородской </a:t>
             </a:r>
-          </a:p>
-[...15 lines deleted...]
-                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="1000080"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="0033cc"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>области </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...5 lines deleted...]
-              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Рисунок 4">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="63" name="Рисунок 4" descr=""/>
+          <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
-[...3 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId2"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="11138832" y="168867"/>
-            <a:ext cx="687363" cy="455662"/>
+            <a:off x="11138760" y="168840"/>
+            <a:ext cx="686160" cy="454680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="TextBox 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="150840" y="3224880"/>
+            <a:ext cx="11835360" cy="298440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>При нарушении порядка проведения ЕГЭ участник удаляется с экзамена, его результат аннулируется!</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1600" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="TextBox 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="39600" y="4226040"/>
+            <a:ext cx="11946600" cy="708840"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Ученик может подать апелляцию о нарушении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>порядка проведения ЕГЭ и (или) о несогласии с выставленными баллами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>в апелляционную комиссию. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Не рассматриваются </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>апелляции по вопросам: содержания и структуры заданий, оценивания заданий с кратким ответом, нарушений порядка ЕГЭ, допущенных самим учеником, неправильного заполнения бланков.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="TextBox 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="39600" y="5081040"/>
+            <a:ext cx="11946600" cy="1079640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Помните: апелляция о нарушении порядка ЕГЭ подается именно в день экзамена, не покидая пункт его проведения, при ее удовлетворении результат ЕГЭ аннулируется. </a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>При удовлетворении апелляции о несогласии с выставленными баллами проводится пересчет результатов ЕГЭ, количество ранее полученных первичных баллов может измениться как в сторону увеличения, так и в сторону уменьшения.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>При пересдаче экзамена во всех случаях засчитывается последний результат.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="TextBox 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="39600" y="6141240"/>
+            <a:ext cx="11946600" cy="486360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0"/>
+          <a:fillRef idx="0"/>
+          <a:effectRef idx="0"/>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:p>
+            <a:pPr algn="just" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPts val="1559"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab algn="l" pos="0"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>При получении учеником итоговой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>оценки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:srgbClr val="c00000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>«2»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> по русскому языку или математике</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> он может пересдать экзамен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>в текущем году в резервные сроки, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr sz="1400"/>
+            </a:br>
+            <a:r>
+              <a:rPr b="1" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>а по предметам по выбору - не ранее, чем через год.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" lang="ru-RU" sz="1400" strike="noStrike" u="none">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFillTx/>
+              <a:latin typeface="XO Oriel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
-  <p:clrMapOvr>
-[...1 lines deleted...]
-  </p:clrMapOvr>
+  <mc:AlternateContent>
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="2000"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <p:transition spd="slow"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template/>
   <TotalTime></TotalTime>
-  <Words>461</Words>
-[...43 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Редактор_презентаций/3.5.0.0$Linux_X86_64 LibreOffice_project/</Application>
   <AppVersion></AppVersion>
+  <Words>408</Words>
+  <Paragraphs>13</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Андрей Ск</dc:creator>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title>Презентация PowerPoint</dc:title>
-  <dc:creator>Андрей Ск</dc:creator>
-[...4 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PresentationFormat">
+    <vt:lpwstr>Широкоэкранный</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Slides">
+    <vt:i4>1</vt:i4>
+  </property>
+</Properties>
+</file>